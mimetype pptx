--- v0 (2025-10-14)
+++ v1 (2026-02-16)
@@ -270,51 +270,51 @@
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="00FA00"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="17806" autoAdjust="0"/>
     <p:restoredTop sz="83129" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="105" d="100"/>
           <a:sy n="105" d="100"/>
         </p:scale>
         <p:origin x="1240" y="192"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
@@ -9818,51 +9818,51 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="876300"/>
             <a:ext cx="5334000" cy="6010357"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1378946483"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA45C0AB-F3C6-E3EA-BFA1-F30BE3E0F3C6}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7170" name="Rectangle 2">
             <a:extLst>
@@ -11996,51 +11996,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>intro</Template>
   <TotalTime></TotalTime>
   <Words>286</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>61</Paragraphs>
   <Slides>19</Slides>
   <Notes>4</Notes>
-  <HiddenSlides>0</HiddenSlides>
+  <HiddenSlides>1</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>19</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>