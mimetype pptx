--- v0 (2025-10-14)
+++ v1 (2026-02-14)
@@ -15,123 +15,127 @@
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483649" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId32"/>
+    <p:notesMasterId r:id="rId34"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId33"/>
+    <p:handoutMasterId r:id="rId35"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="778" r:id="rId2"/>
     <p:sldId id="779" r:id="rId3"/>
     <p:sldId id="781" r:id="rId4"/>
     <p:sldId id="780" r:id="rId5"/>
     <p:sldId id="782" r:id="rId6"/>
     <p:sldId id="783" r:id="rId7"/>
     <p:sldId id="784" r:id="rId8"/>
     <p:sldId id="785" r:id="rId9"/>
     <p:sldId id="786" r:id="rId10"/>
     <p:sldId id="787" r:id="rId11"/>
     <p:sldId id="788" r:id="rId12"/>
     <p:sldId id="789" r:id="rId13"/>
     <p:sldId id="791" r:id="rId14"/>
     <p:sldId id="790" r:id="rId15"/>
     <p:sldId id="792" r:id="rId16"/>
     <p:sldId id="793" r:id="rId17"/>
     <p:sldId id="794" r:id="rId18"/>
     <p:sldId id="796" r:id="rId19"/>
     <p:sldId id="795" r:id="rId20"/>
     <p:sldId id="798" r:id="rId21"/>
     <p:sldId id="797" r:id="rId22"/>
     <p:sldId id="800" r:id="rId23"/>
     <p:sldId id="803" r:id="rId24"/>
     <p:sldId id="799" r:id="rId25"/>
     <p:sldId id="801" r:id="rId26"/>
     <p:sldId id="802" r:id="rId27"/>
     <p:sldId id="804" r:id="rId28"/>
     <p:sldId id="805" r:id="rId29"/>
     <p:sldId id="806" r:id="rId30"/>
     <p:sldId id="807" r:id="rId31"/>
+    <p:sldId id="808" r:id="rId32"/>
+    <p:sldId id="809" r:id="rId33"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7315200" cy="9601200"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
@@ -268,85 +272,85 @@
     <a:srgbClr val="808080"/>
     <a:srgbClr val="C0C0C0"/>
     <a:srgbClr val="777777"/>
     <a:srgbClr val="EAEAEA"/>
     <a:srgbClr val="F8F8F8"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
-    <p:restoredLeft sz="10289" autoAdjust="0"/>
+    <p:restoredLeft sz="10282" autoAdjust="0"/>
     <p:restoredTop sz="86259" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="110" d="100"/>
           <a:sy n="110" d="100"/>
         </p:scale>
         <p:origin x="1512" y="168"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -4696,50 +4700,58 @@
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7700,50 +7712,338 @@
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Now old-fashioned, but moderately </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>effective and very good in its time</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1019942096"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1CA2C81-D575-4501-6A97-797460B4E552}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Denoising from weird noise using a tree</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC1B973A-7990-629E-E500-BF8EEE60A92E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Imagine you have very strange noise, and you can simulate it</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>You want to denoise</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Strategy:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	Take many images, and create (noisy – clean) pairs</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	Carve into patches and build a HKM tree using only the noisy patches</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		(but keep the clean patch – so each data item is (noisy – clean) but</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		the clusters, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>etc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> are formed using noisy alone)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	To denoise:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		carve up noisy image into patches</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		walk the tree with the noisy patches</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>			at leaf, substitute the clean version of the best match</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2025634563"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{367D4C0F-CF96-FB5D-57FD-F743E07C1F1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Think of this as image-to-image mapping</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACEC1218-2486-4CD8-4A4F-01A233FD848A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>You could do:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>		image to edge map (fairly well)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>		image to normal map (rather badly)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>		quantized image to image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>		</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>You’d have a lot of trouble with:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>		edge map to image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>		image to depth map</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1386014613"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -9577,112 +9877,114 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>intro</Template>
   <TotalTime></TotalTime>
-  <Words>761</Words>
+  <Words>938</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>160</Paragraphs>
-  <Slides>30</Slides>
+  <Paragraphs>183</Paragraphs>
+  <Slides>32</Slides>
   <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>30</vt:i4>
+        <vt:i4>32</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="33" baseType="lpstr">
+    <vt:vector size="35" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Blank Presentation</vt:lpstr>
       <vt:lpstr>Forming and using patch dictionaries</vt:lpstr>
       <vt:lpstr>Desirable outcome</vt:lpstr>
       <vt:lpstr>Clustering</vt:lpstr>
       <vt:lpstr>Clustering</vt:lpstr>
       <vt:lpstr>Dendrograms</vt:lpstr>
       <vt:lpstr>K-means clustering</vt:lpstr>
       <vt:lpstr>Minimize the objective function, but how?</vt:lpstr>
       <vt:lpstr>Approximate minimization</vt:lpstr>
       <vt:lpstr>Fixes – efficient starting</vt:lpstr>
       <vt:lpstr>Choosing K</vt:lpstr>
       <vt:lpstr>Fixes – Scattered Points and Junk Clusters</vt:lpstr>
       <vt:lpstr>Fixes – Empty Clusters</vt:lpstr>
       <vt:lpstr>Why K-means is useful</vt:lpstr>
       <vt:lpstr>Hierarchical K means</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Hierarchical K means</vt:lpstr>
       <vt:lpstr>Nearest neighbors</vt:lpstr>
       <vt:lpstr>Approximate nearest neighbors and k-means</vt:lpstr>
       <vt:lpstr>Approximate nearest neighbors and k-means</vt:lpstr>
       <vt:lpstr>Approximate nearest neighbors and k-means</vt:lpstr>
       <vt:lpstr>Approximate nearest neighbors and k-means</vt:lpstr>
       <vt:lpstr>Denoising with a patch dictionary</vt:lpstr>
       <vt:lpstr>Options when matching</vt:lpstr>
       <vt:lpstr>Denoising with a patch dictionary - overlapping</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Denoising with a patch dictionary, no overlap</vt:lpstr>
       <vt:lpstr>Dictionary size has a significant effect</vt:lpstr>
       <vt:lpstr>Vector quantization</vt:lpstr>
       <vt:lpstr>Building features with vector quantization</vt:lpstr>
       <vt:lpstr>Idea:  vector quantization and voting</vt:lpstr>
+      <vt:lpstr>Denoising from weird noise using a tree</vt:lpstr>
+      <vt:lpstr>Think of this as image-to-image mapping</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Carnegie Mellon University</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Introduction</dc:title>
   <dc:creator>efros</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>