--- v0 (2025-10-14)
+++ v1 (2026-02-15)
@@ -35,50 +35,51 @@
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
@@ -90,104 +91,105 @@
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483649" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId50"/>
+    <p:notesMasterId r:id="rId51"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId51"/>
+    <p:handoutMasterId r:id="rId52"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="778" r:id="rId2"/>
-    <p:sldId id="815" r:id="rId3"/>
-[...45 lines deleted...]
-    <p:sldId id="1058" r:id="rId49"/>
+    <p:sldId id="1059" r:id="rId3"/>
+    <p:sldId id="815" r:id="rId4"/>
+    <p:sldId id="1004" r:id="rId5"/>
+    <p:sldId id="1011" r:id="rId6"/>
+    <p:sldId id="1013" r:id="rId7"/>
+    <p:sldId id="1029" r:id="rId8"/>
+    <p:sldId id="897" r:id="rId9"/>
+    <p:sldId id="857" r:id="rId10"/>
+    <p:sldId id="820" r:id="rId11"/>
+    <p:sldId id="1030" r:id="rId12"/>
+    <p:sldId id="1031" r:id="rId13"/>
+    <p:sldId id="1032" r:id="rId14"/>
+    <p:sldId id="904" r:id="rId15"/>
+    <p:sldId id="809" r:id="rId16"/>
+    <p:sldId id="969" r:id="rId17"/>
+    <p:sldId id="811" r:id="rId18"/>
+    <p:sldId id="810" r:id="rId19"/>
+    <p:sldId id="812" r:id="rId20"/>
+    <p:sldId id="861" r:id="rId21"/>
+    <p:sldId id="898" r:id="rId22"/>
+    <p:sldId id="858" r:id="rId23"/>
+    <p:sldId id="910" r:id="rId24"/>
+    <p:sldId id="1033" r:id="rId25"/>
+    <p:sldId id="1034" r:id="rId26"/>
+    <p:sldId id="1035" r:id="rId27"/>
+    <p:sldId id="1036" r:id="rId28"/>
+    <p:sldId id="1037" r:id="rId29"/>
+    <p:sldId id="1038" r:id="rId30"/>
+    <p:sldId id="1039" r:id="rId31"/>
+    <p:sldId id="1041" r:id="rId32"/>
+    <p:sldId id="1040" r:id="rId33"/>
+    <p:sldId id="1042" r:id="rId34"/>
+    <p:sldId id="1043" r:id="rId35"/>
+    <p:sldId id="1044" r:id="rId36"/>
+    <p:sldId id="1045" r:id="rId37"/>
+    <p:sldId id="1046" r:id="rId38"/>
+    <p:sldId id="1047" r:id="rId39"/>
+    <p:sldId id="1048" r:id="rId40"/>
+    <p:sldId id="1049" r:id="rId41"/>
+    <p:sldId id="1050" r:id="rId42"/>
+    <p:sldId id="1051" r:id="rId43"/>
+    <p:sldId id="1052" r:id="rId44"/>
+    <p:sldId id="1053" r:id="rId45"/>
+    <p:sldId id="1054" r:id="rId46"/>
+    <p:sldId id="1055" r:id="rId47"/>
+    <p:sldId id="1056" r:id="rId48"/>
+    <p:sldId id="1057" r:id="rId49"/>
+    <p:sldId id="1058" r:id="rId50"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7315200" cy="9601200"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
@@ -324,85 +326,85 @@
     <a:srgbClr val="808080"/>
     <a:srgbClr val="C0C0C0"/>
     <a:srgbClr val="777777"/>
     <a:srgbClr val="EAEAEA"/>
     <a:srgbClr val="F8F8F8"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="10289" autoAdjust="0"/>
     <p:restoredTop sz="86259" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="110" d="100"/>
           <a:sy n="110" d="100"/>
         </p:scale>
         <p:origin x="1512" y="168"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -1050,119 +1052,119 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -1248,51 +1250,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57346" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88C4B767-D43E-4AA0-9C49-A3DDF236D880}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>14</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57347" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57348" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -1348,51 +1350,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="58370" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9057DC28-F467-4DAF-9976-9D881365CB30}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>15</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="58371" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="58372" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -1448,51 +1450,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="59394" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DFB60C9B-EB1B-41A5-881E-E5AAE04B0C38}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>16</a:t>
+              <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="59395" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="59396" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -1548,51 +1550,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60418" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D252F289-7FCC-46B5-9350-0C72FE123055}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>17</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60419" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60420" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -1648,51 +1650,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61442" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{76CE232D-0190-4DCD-835A-0B5C538A442C}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>18</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61443" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61444" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -1755,51 +1757,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62466" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{90424B74-C20E-4F49-87B2-68861CFEB5CF}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>19</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62467" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62468" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -1848,51 +1850,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64514" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{ED40B838-16DB-4A35-89DC-51AB5510E955}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>20</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64515" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64516" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -1941,51 +1943,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65538" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{16EEB05E-A0CC-4E66-8606-6F8667A0A54E}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>21</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65539" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65540" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2034,51 +2036,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79874" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4ABE4A7B-F8B4-4DD2-BA3C-CD956DCA1912}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>22</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79875" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79876" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2127,51 +2129,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="43010" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A78CDC61-6830-40C4-AD4C-40F5285A0BFF}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>23</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="43011" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2362200" y="549275"/>
             <a:ext cx="4876800" cy="2743200"/>
           </a:xfrm>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
@@ -2224,51 +2226,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44034" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6BA4D55B-611F-4DD0-8A93-FCB36690A3FD}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44035" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44036" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2317,51 +2319,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51202" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B91809E0-E778-429F-AD13-B2D3AD8CB859}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>7</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51203" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51204" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2410,51 +2412,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="52226" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{60AC5BBA-3476-435F-9915-DEDB5DFD8B82}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8</a:t>
+              <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="52227" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="52228" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2503,51 +2505,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63490" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6A852F9D-87D8-45CE-813A-2C5D2C79CB12}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>9</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63491" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63492" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2596,51 +2598,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="53250" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F82740AC-6A1A-4AB0-AB5B-52FA5B47F315}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="53251" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="53252" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2703,51 +2705,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54274" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A85FB1B7-0581-4C25-8766-D8FC9FB5DD2C}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54275" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54276" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2796,51 +2798,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55298" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF6BDA8C-E750-47F1-ACB0-B8D35AA381A8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12</a:t>
+              <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55299" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55300" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -2925,51 +2927,51 @@
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56324" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{16C62836-8A74-464F-A631-30DA8D631D5C}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>13</a:t>
+              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1866063143"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -6278,235 +6280,239 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ebfi7qOFLuo" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image710.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ebfi7qOFLuo" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ostatic.com/files/images/ss_hough.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ostatic.com/files/images/ss_hough.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.wmf"/></Relationships>
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.wmf"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspirehep.net/files/53d80b0393096ba4afe34f5b65152090" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image650.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image710.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -6579,50 +6585,1038 @@
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>There are a variety of uses for voting</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3826005017"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28674" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Incorporating image gradients</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="1437699" name="Rectangle 3"/>
+              <p:cNvSpPr>
+                <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+              </p:cNvSpPr>
+              <p:nvPr>
+                <p:ph idx="1"/>
+              </p:nvPr>
+            </p:nvSpPr>
+            <p:spPr/>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="0" indent="0"/>
+                <a:r>
+                  <a:rPr lang="en-US" sz="2400" dirty="0"/>
+                  <a:t>For each edge point </a:t>
+                </a:r>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>(</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" err="1">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑥</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" err="1">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>,</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" err="1">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑦</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>) </m:t>
+                    </m:r>
+                  </m:oMath>
+                </a14:m>
+                <a:br>
+                  <a:rPr lang="en-US" sz="2400" dirty="0"/>
+                </a:br>
+                <a:r>
+                  <a:rPr lang="en-US" sz="2400" dirty="0"/>
+                  <a:t>	</a:t>
+                </a:r>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜃</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t> =</m:t>
+                    </m:r>
+                  </m:oMath>
+                </a14:m>
+                <a:r>
+                  <a:rPr lang="en-US" sz="2400" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="7030A0"/>
+                    </a:solidFill>
+                  </a:rPr>
+                  <a:t> gradient orientation at </a:t>
+                </a:r>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>(</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑥</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>,</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑦</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>)</m:t>
+                    </m:r>
+                  </m:oMath>
+                </a14:m>
+                <a:br>
+                  <a:rPr lang="en-US" sz="2400" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="7030A0"/>
+                    </a:solidFill>
+                  </a:rPr>
+                </a:br>
+                <a:r>
+                  <a:rPr lang="en-US" sz="2400" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="7030A0"/>
+                    </a:solidFill>
+                  </a:rPr>
+                  <a:t>	</a:t>
+                </a:r>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="el-GR" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜌</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t> = </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑥</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t> </m:t>
+                    </m:r>
+                    <m:r>
+                      <m:rPr>
+                        <m:sty m:val="p"/>
+                      </m:rPr>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>cos</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>⁡</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜃</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t> + </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑦</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t> </m:t>
+                    </m:r>
+                    <m:r>
+                      <m:rPr>
+                        <m:sty m:val="p"/>
+                      </m:rPr>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>sin</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>⁡</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜃</m:t>
+                    </m:r>
+                  </m:oMath>
+                </a14:m>
+                <a:br>
+                  <a:rPr lang="en-US" sz="2400" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="7030A0"/>
+                    </a:solidFill>
+                  </a:rPr>
+                </a:br>
+                <a:r>
+                  <a:rPr lang="en-US" sz="2400" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="7030A0"/>
+                    </a:solidFill>
+                  </a:rPr>
+                  <a:t>	</a:t>
+                </a:r>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝐻</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>(</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜃</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>, </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="el-GR" sz="2400" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜌</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>) </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" sz="2400" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>+= 1</m:t>
+                    </m:r>
+                  </m:oMath>
+                </a14:m>
+                <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="7030A0"/>
+                  </a:solidFill>
+                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:buFontTx/>
+                  <a:buChar char="•"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </mc:Choice>
+        <mc:Fallback xmlns="">
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="1437699" name="Rectangle 3"/>
+              <p:cNvSpPr>
+                <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+              </p:cNvSpPr>
+              <p:nvPr>
+                <p:ph idx="1"/>
+              </p:nvPr>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:blipFill>
+                <a:blip r:embed="rId5"/>
+                <a:stretch>
+                  <a:fillRect l="-980" t="-966"/>
+                </a:stretch>
+              </a:blipFill>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US">
+                    <a:noFill/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </mc:Fallback>
+      </mc:AlternateContent>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm rot="2789887">
+            <a:off x="7315587" y="1550366"/>
+            <a:ext cx="1283494" cy="373062"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:srgbClr val="000000"/>
+              </a:gs>
+              <a:gs pos="39999">
+                <a:srgbClr val="0A128C"/>
+              </a:gs>
+              <a:gs pos="70000">
+                <a:srgbClr val="181CC7"/>
+              </a:gs>
+              <a:gs pos="88000">
+                <a:srgbClr val="7005D4"/>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:srgbClr val="8C3D91"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="5400000" scaled="0"/>
+          </a:gradFill>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="28676" name="Group 16"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8077200" y="1154112"/>
+            <a:ext cx="2133600" cy="522288"/>
+            <a:chOff x="4128" y="1399"/>
+            <a:chExt cx="1344" cy="329"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="28678" name="Group 4"/>
+            <p:cNvGrpSpPr>
+              <a:grpSpLocks/>
+            </p:cNvGrpSpPr>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="4128" y="1440"/>
+              <a:ext cx="1344" cy="288"/>
+              <a:chOff x="4128" y="1824"/>
+              <a:chExt cx="1344" cy="288"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:grpSp>
+            <p:nvGrpSpPr>
+              <p:cNvPr id="28684" name="Group 5"/>
+              <p:cNvGrpSpPr>
+                <a:grpSpLocks/>
+              </p:cNvGrpSpPr>
+              <p:nvPr/>
+            </p:nvGrpSpPr>
+            <p:grpSpPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="4161" y="1824"/>
+                <a:ext cx="1311" cy="255"/>
+                <a:chOff x="4161" y="1824"/>
+                <a:chExt cx="1311" cy="255"/>
+              </a:xfrm>
+            </p:grpSpPr>
+            <p:pic>
+              <p:nvPicPr>
+                <p:cNvPr id="28687" name="Picture 9" descr="Edittex"/>
+                <p:cNvPicPr>
+                  <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                </p:cNvPicPr>
+                <p:nvPr>
+                  <p:custDataLst>
+                    <p:tags r:id="rId2"/>
+                  </p:custDataLst>
+                </p:nvPr>
+              </p:nvPicPr>
+              <p:blipFill>
+                <a:blip r:embed="rId6" cstate="print"/>
+                <a:srcRect/>
+                <a:stretch>
+                  <a:fillRect/>
+                </a:stretch>
+              </p:blipFill>
+              <p:spPr bwMode="auto">
+                <a:xfrm>
+                  <a:off x="4505" y="1824"/>
+                  <a:ext cx="967" cy="248"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a:ln>
+              </p:spPr>
+            </p:pic>
+            <p:sp>
+              <p:nvSpPr>
+                <p:cNvPr id="28689" name="Line 8"/>
+                <p:cNvSpPr>
+                  <a:spLocks noChangeShapeType="1"/>
+                </p:cNvSpPr>
+                <p:nvPr/>
+              </p:nvSpPr>
+              <p:spPr bwMode="auto">
+                <a:xfrm flipV="1">
+                  <a:off x="4161" y="1872"/>
+                  <a:ext cx="207" cy="207"/>
+                </a:xfrm>
+                <a:prstGeom prst="line">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln w="28575">
+                  <a:solidFill>
+                    <a:srgbClr val="FF0000"/>
+                  </a:solidFill>
+                  <a:round/>
+                  <a:headEnd/>
+                  <a:tailEnd type="triangle" w="med" len="med"/>
+                </a:ln>
+              </p:spPr>
+              <p:txBody>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </p:txBody>
+            </p:sp>
+          </p:grpSp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="28685" name="Oval 10"/>
+              <p:cNvSpPr>
+                <a:spLocks noChangeArrowheads="1"/>
+              </p:cNvSpPr>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="4128" y="2064"/>
+                <a:ext cx="48" cy="48"/>
+              </a:xfrm>
+              <a:prstGeom prst="ellipse">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln w="9525">
+                <a:noFill/>
+                <a:round/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a:ln>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="none" anchor="ctr"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:endParaRPr lang="en-US"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="28679" name="Group 11"/>
+            <p:cNvGrpSpPr>
+              <a:grpSpLocks/>
+            </p:cNvGrpSpPr>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="4146" y="1399"/>
+              <a:ext cx="306" cy="321"/>
+              <a:chOff x="4152" y="1776"/>
+              <a:chExt cx="306" cy="321"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="28681" name="Line 13"/>
+              <p:cNvSpPr>
+                <a:spLocks noChangeShapeType="1"/>
+              </p:cNvSpPr>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr bwMode="auto">
+              <a:xfrm flipV="1">
+                <a:off x="4152" y="1776"/>
+                <a:ext cx="0" cy="321"/>
+              </a:xfrm>
+              <a:prstGeom prst="line">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:round/>
+                <a:headEnd/>
+                <a:tailEnd type="triangle" w="med" len="med"/>
+              </a:ln>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:endParaRPr lang="en-US"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="28682" name="Freeform 14"/>
+              <p:cNvSpPr>
+                <a:spLocks/>
+              </p:cNvSpPr>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr bwMode="auto">
+              <a:xfrm flipV="1">
+                <a:off x="4216" y="2032"/>
+                <a:ext cx="27" cy="51"/>
+              </a:xfrm>
+              <a:custGeom>
+                <a:avLst/>
+                <a:gdLst>
+                  <a:gd name="T0" fmla="*/ 18 w 27"/>
+                  <a:gd name="T1" fmla="*/ 0 h 51"/>
+                  <a:gd name="T2" fmla="*/ 24 w 27"/>
+                  <a:gd name="T3" fmla="*/ 33 h 51"/>
+                  <a:gd name="T4" fmla="*/ 0 w 27"/>
+                  <a:gd name="T5" fmla="*/ 51 h 51"/>
+                  <a:gd name="T6" fmla="*/ 0 60000 65536"/>
+                  <a:gd name="T7" fmla="*/ 0 60000 65536"/>
+                  <a:gd name="T8" fmla="*/ 0 60000 65536"/>
+                  <a:gd name="T9" fmla="*/ 0 w 27"/>
+                  <a:gd name="T10" fmla="*/ 0 h 51"/>
+                  <a:gd name="T11" fmla="*/ 27 w 27"/>
+                  <a:gd name="T12" fmla="*/ 51 h 51"/>
+                </a:gdLst>
+                <a:ahLst/>
+                <a:cxnLst>
+                  <a:cxn ang="T6">
+                    <a:pos x="T0" y="T1"/>
+                  </a:cxn>
+                  <a:cxn ang="T7">
+                    <a:pos x="T2" y="T3"/>
+                  </a:cxn>
+                  <a:cxn ang="T8">
+                    <a:pos x="T4" y="T5"/>
+                  </a:cxn>
+                </a:cxnLst>
+                <a:rect l="T9" t="T10" r="T11" b="T12"/>
+                <a:pathLst>
+                  <a:path w="27" h="51">
+                    <a:moveTo>
+                      <a:pt x="18" y="0"/>
+                    </a:moveTo>
+                    <a:cubicBezTo>
+                      <a:pt x="22" y="12"/>
+                      <a:pt x="27" y="25"/>
+                      <a:pt x="24" y="33"/>
+                    </a:cubicBezTo>
+                    <a:cubicBezTo>
+                      <a:pt x="21" y="41"/>
+                      <a:pt x="10" y="46"/>
+                      <a:pt x="0" y="51"/>
+                    </a:cubicBezTo>
+                  </a:path>
+                </a:pathLst>
+              </a:custGeom>
+              <a:noFill/>
+              <a:ln w="12700">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:round/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a:ln>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:endParaRPr lang="en-US"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="28683" name="Picture 15" descr="Edittex"/>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+              </p:cNvPicPr>
+              <p:nvPr>
+                <p:custDataLst>
+                  <p:tags r:id="rId1"/>
+                </p:custDataLst>
+              </p:nvPr>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId7" cstate="print">
+                <a:clrChange>
+                  <a:clrFrom>
+                    <a:srgbClr val="FFFFFF"/>
+                  </a:clrFrom>
+                  <a:clrTo>
+                    <a:srgbClr val="FFFFFF">
+                      <a:alpha val="0"/>
+                    </a:srgbClr>
+                  </a:clrTo>
+                </a:clrChange>
+              </a:blip>
+              <a:srcRect/>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="4299" y="1968"/>
+                <a:ext cx="69" cy="123"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln w="9525">
+                <a:noFill/>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a:ln>
+            </p:spPr>
+          </p:pic>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="28680" name="Line 12"/>
+              <p:cNvSpPr>
+                <a:spLocks noChangeShapeType="1"/>
+              </p:cNvSpPr>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr bwMode="auto">
+              <a:xfrm>
+                <a:off x="4155" y="2088"/>
+                <a:ext cx="303" cy="0"/>
+              </a:xfrm>
+              <a:prstGeom prst="line">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:round/>
+                <a:headEnd/>
+                <a:tailEnd type="triangle" w="med" len="med"/>
+              </a:ln>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:endParaRPr lang="en-US"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="533064107"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1437699">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="1437699" grpId="0" uiExpand="1" build="p"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18434" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -6770,51 +7764,51 @@
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="0" dirty="0">
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>Hough transform demo</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" b="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1863973371"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19458" name="Text Box 3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
@@ -7068,51 +8062,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="19460" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="20482" name="Picture 3" descr="c-repres-hghc18"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -7185,51 +8179,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Several lines</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="208889878"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21506" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -7309,51 +8303,51 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="0" dirty="0">
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>Source</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" b="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4072598125"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22530" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -7520,51 +8514,51 @@
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1928268111"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23554" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -7705,51 +8699,51 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Peak gets fuzzy and hard to locate</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3716727201"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24578" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -7815,51 +8809,51 @@
           <a:p>
             <a:pPr>
               <a:buFontTx/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Number of votes for a line of 20 points with increasing noise:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="651663418"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25602" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -8001,51 +8995,51 @@
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="0"/>
               <a:t>votes</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2405763856"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="26626" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -8111,51 +9105,535 @@
           <a:p>
             <a:pPr>
               <a:buFontTx/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>As the level of uniform noise increases, the maximum number of votes increases too:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2919811140"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45715EE5-CE80-53C3-1DC9-A8666BDC7420}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Voting for lines</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="3" name="Content Placeholder 2">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C819BAE1-B667-A127-0994-442C4ADF94D7}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr>
+                <a:spLocks noGrp="1"/>
+              </p:cNvSpPr>
+              <p:nvPr>
+                <p:ph idx="1"/>
+              </p:nvPr>
+            </p:nvSpPr>
+            <p:spPr/>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr marL="457200" indent="-457200">
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-US" dirty="0"/>
+              </a:p>
+              <a:p>
+                <a:pPr marL="0" indent="0"/>
+                <a:endParaRPr lang="en-US" dirty="0"/>
+              </a:p>
+              <a:p>
+                <a:pPr marL="457200" indent="-457200">
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" dirty="0"/>
+                  <a:t>Data: </a:t>
+                </a:r>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>(</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑥</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" baseline="-25000" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>1</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>, </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑦</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" baseline="-25000" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>1</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>), …, (</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑥</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" baseline="-25000" dirty="0" err="1">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑛</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>, </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0" err="1">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑦</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" baseline="-25000" dirty="0" err="1">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑛</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>)</m:t>
+                    </m:r>
+                  </m:oMath>
+                </a14:m>
+                <a:endParaRPr lang="en-US" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="7030A0"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:pPr marL="457200" indent="-457200">
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-US" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="7030A0"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:pPr marL="457200" indent="-457200">
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" dirty="0"/>
+                  <a:t>Line equation: </a:t>
+                </a:r>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑦</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t> = </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="C00000"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑚</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="C00000"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>  </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑥</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="7030A0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t> + </m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" i="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="C00000"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑏</m:t>
+                    </m:r>
+                  </m:oMath>
+                </a14:m>
+                <a:endParaRPr lang="en-US" i="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="7030A0"/>
+                  </a:solidFill>
+                  <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:endParaRPr lang="en-US" dirty="0"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </mc:Choice>
+        <mc:Fallback>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="3" name="Content Placeholder 2">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C819BAE1-B667-A127-0994-442C4ADF94D7}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr>
+                <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+              </p:cNvSpPr>
+              <p:nvPr>
+                <p:ph idx="1"/>
+              </p:nvPr>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:blipFill>
+                <a:blip r:embed="rId2"/>
+                <a:stretch>
+                  <a:fillRect l="-1102"/>
+                </a:stretch>
+              </a:blipFill>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US">
+                    <a:noFill/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </mc:Fallback>
+      </mc:AlternateContent>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EB454F5-9588-A77E-31C3-CCC88DA76B83}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4267200" y="4876800"/>
+            <a:ext cx="2683748" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Parameters of line</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="6" name="Straight Arrow Connector 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{895CB3D9-8700-E0AC-9CEE-330C7DE3C84C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm flipV="1">
+            <a:off x="4876800" y="3429000"/>
+            <a:ext cx="0" cy="1447800"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent4"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent4"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent4"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="7" name="Straight Arrow Connector 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8951E55D-82BA-9FDF-570B-5434DF22A7F8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm flipV="1">
+            <a:off x="6019800" y="3429000"/>
+            <a:ext cx="0" cy="1447800"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent4"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent4"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent4"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2474657598"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27650" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -8498,51 +9976,2887 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="1554435" grpId="0" uiExpand="1" build="p" bldLvl="2"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29698" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Hough transform for circles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="1656835" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How many dimensions will the parameter space have?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Given an </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>unoriented</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> edge point, what are all possible bins that it can vote for?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What about an </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>oriented</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> edge point?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2391317721"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1656835">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="7" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1656835">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="11" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="12" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1656835">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="1656835" grpId="0" build="p"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Hough transform for circles </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8194" name="Object 25"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="3200400" y="3581401"/>
+          <a:ext cx="1677988" cy="315913"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="Equation" r:id="rId3" imgW="1079280" imgH="203040" progId="Equation.3">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="Equation" r:id="rId3" imgW="1079280" imgH="203040" progId="Equation.3">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="8194" name="Object 25"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId4">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="3200400" y="3581401"/>
+                        <a:ext cx="1677988" cy="315913"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8197" name="Line 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm flipV="1">
+            <a:off x="2057400" y="2514600"/>
+            <a:ext cx="0" cy="3276600"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd type="triangle" w="med" len="med"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8198" name="Line 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2057400" y="5791200"/>
+            <a:ext cx="3352800" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd type="triangle" w="med" len="med"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8199" name="Oval 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3048000" y="2667000"/>
+            <a:ext cx="1905000" cy="1905000"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="folHlink"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8200" name="Text Box 10"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5089525" y="5703888"/>
+            <a:ext cx="361950" cy="519112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="1"/>
+              <a:t>x</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8201" name="Text Box 11"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2133600" y="2300288"/>
+            <a:ext cx="361950" cy="519112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="1"/>
+              <a:t>y</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8202" name="Freeform 13"/>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3232150" y="3917950"/>
+            <a:ext cx="609600" cy="1079500"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="T0" fmla="*/ 0 w 384"/>
+              <a:gd name="T1" fmla="*/ 2147483647 h 680"/>
+              <a:gd name="T2" fmla="*/ 2147483647 w 384"/>
+              <a:gd name="T3" fmla="*/ 0 h 680"/>
+              <a:gd name="T4" fmla="*/ 0 60000 65536"/>
+              <a:gd name="T5" fmla="*/ 0 60000 65536"/>
+              <a:gd name="T6" fmla="*/ 0 w 384"/>
+              <a:gd name="T7" fmla="*/ 0 h 680"/>
+              <a:gd name="T8" fmla="*/ 384 w 384"/>
+              <a:gd name="T9" fmla="*/ 680 h 680"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="T4">
+                <a:pos x="T0" y="T1"/>
+              </a:cxn>
+              <a:cxn ang="T5">
+                <a:pos x="T2" y="T3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="T6" t="T7" r="T8" b="T9"/>
+            <a:pathLst>
+              <a:path w="384" h="680">
+                <a:moveTo>
+                  <a:pt x="0" y="680"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="384" y="0"/>
+                </a:lnTo>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd type="triangle" w="med" len="med"/>
+            <a:tailEnd type="triangle" w="med" len="med"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8203" name="Line 14"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm flipV="1">
+            <a:off x="7848600" y="2286000"/>
+            <a:ext cx="0" cy="2438400"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd type="triangle" w="med" len="med"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8204" name="Line 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7848600" y="4724400"/>
+            <a:ext cx="2438400" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd type="triangle" w="med" len="med"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8205" name="Freeform 16"/>
+          <p:cNvSpPr>
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6881814" y="4716463"/>
+            <a:ext cx="962025" cy="1524000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="T0" fmla="*/ 2147483647 w 606"/>
+              <a:gd name="T1" fmla="*/ 0 h 960"/>
+              <a:gd name="T2" fmla="*/ 0 w 606"/>
+              <a:gd name="T3" fmla="*/ 2147483647 h 960"/>
+              <a:gd name="T4" fmla="*/ 0 60000 65536"/>
+              <a:gd name="T5" fmla="*/ 0 60000 65536"/>
+              <a:gd name="T6" fmla="*/ 0 w 606"/>
+              <a:gd name="T7" fmla="*/ 0 h 960"/>
+              <a:gd name="T8" fmla="*/ 606 w 606"/>
+              <a:gd name="T9" fmla="*/ 960 h 960"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="T4">
+                <a:pos x="T0" y="T1"/>
+              </a:cxn>
+              <a:cxn ang="T5">
+                <a:pos x="T2" y="T3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="T6" t="T7" r="T8" b="T9"/>
+            <a:pathLst>
+              <a:path w="606" h="960">
+                <a:moveTo>
+                  <a:pt x="606" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="960"/>
+                </a:lnTo>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd type="triangle" w="med" len="med"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8206" name="Text Box 17"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3429000" y="4495801"/>
+            <a:ext cx="628650" cy="366713"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0"/>
+              <a:t>(x,y)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8207" name="Text Box 19"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="10133013" y="4662488"/>
+            <a:ext cx="361950" cy="519112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="1"/>
+              <a:t>x</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8208" name="Text Box 20"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6704013" y="6186488"/>
+            <a:ext cx="361950" cy="519112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="1"/>
+              <a:t>y</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8209" name="Text Box 21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7924801" y="2133601"/>
+            <a:ext cx="303213" cy="519113"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="1"/>
+              <a:t>r</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8210" name="Line 23"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm flipV="1">
+            <a:off x="8458200" y="2362200"/>
+            <a:ext cx="1143000" cy="3124200"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8211" name="Line 24"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="7239000" y="2362200"/>
+            <a:ext cx="1219200" cy="3124200"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8195" name="Object 27"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2438400" y="5094288"/>
+          <a:ext cx="1676400" cy="315912"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="Equation" r:id="rId5" imgW="1079280" imgH="203040" progId="Equation.3">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="Equation" r:id="rId5" imgW="1079280" imgH="203040" progId="Equation.3">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="8195" name="Object 27"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId6">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="2438400" y="5094288"/>
+                        <a:ext cx="1676400" cy="315912"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8212" name="AutoShape 29"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5791200" y="3429000"/>
+            <a:ext cx="838200" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 50000"/>
+              <a:gd name="adj2" fmla="val 34375"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFCC00"/>
+          </a:solidFill>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8213" name="Oval 12"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3505200" y="4419600"/>
+            <a:ext cx="76200" cy="76200"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="folHlink"/>
+          </a:solidFill>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="folHlink"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8214" name="Oval 30"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3827463" y="3838575"/>
+            <a:ext cx="76200" cy="76200"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8215" name="Oval 31"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3178175" y="4999038"/>
+            <a:ext cx="76200" cy="76200"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8216" name="Oval 32"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8415338" y="5410200"/>
+            <a:ext cx="76200" cy="76200"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="folHlink"/>
+          </a:solidFill>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="folHlink"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8217" name="Oval 33"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8839200" y="4343400"/>
+            <a:ext cx="76200" cy="76200"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8218" name="Oval 34"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8001000" y="4343400"/>
+            <a:ext cx="76200" cy="76200"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8219" name="Text Box 35"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2595564" y="1589088"/>
+            <a:ext cx="2205037" cy="519112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0"/>
+              <a:t>image space</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8220" name="Text Box 37"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6477000" y="1600201"/>
+            <a:ext cx="4008438" cy="519113"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0"/>
+              <a:t>Hough parameter space</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2629450544"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39938" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Hough transform: Pros and cons</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="1441795" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Pros</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Can deal with non-locality and occlusion</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Can detect multiple instances of a model</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Some robustness to noise: noise points unlikely to contribute consistently to any single bin</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Leads to a surprisingly general strategy for shape localization </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>(more on this next)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Cons</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Complexity increases </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>exponentially</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> with the number of model parameters – in practice, not used beyond three or four dimensions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Non-target shapes can produce spurious peaks in parameter space</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>It’s hard to pick a good grid size</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="979669338"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="7" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="8" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="13" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="14" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="15" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="17" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="18" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="19" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="20" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="5" end="5"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="6" end="6"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="7" end="7"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1441795">
+                                            <p:txEl>
+                                              <p:pRg st="8" end="8"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="1441795" grpId="0" build="p" bldLvl="2"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21506" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fitting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>: Overview</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="1751043" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Least squares line fitting</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Robust fitting</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>RANSAC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hough transform</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFontTx/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Generalized Hough transform</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2773474764"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="1751043">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{858DDA03-553C-2F8E-587C-94E54AA1F6E3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Instance level classification (and detection)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D766C3-8728-4477-B0AA-3E952570B390}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8C58EDB-87AC-9BF3-8E67-EB4DF9A713F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="32657" y="1991597"/>
+            <a:ext cx="12083143" cy="2885203"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1721079728"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD35359-7F8D-AEBF-69BF-0C054F8EDD70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Example:  Find the book</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FF9379C-1BE4-0F34-6075-4D3A7C1309FF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Get pictures of book covers, and attach book name</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Now find the book cover in some other image</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03FDE739-C1C7-FFA6-387A-FC23BFD119A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9575800" y="914400"/>
+            <a:ext cx="1854200" cy="2870200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{559EF39C-AF35-2D1A-E02C-F86D4A256B21}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="762000" y="3657600"/>
+            <a:ext cx="2908300" cy="2908300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4063220227"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44A90052-545A-4994-8340-CBAFBD9F817E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Can’t do this with SSD; patches might work</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F23D2D8-6776-AFCC-7DE6-641C76EDE87F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Notice changes in color caused by changes in lighting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFD0C9E9-5FB5-A82F-2227-97FDE1409E0A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="298826" y="1814192"/>
+            <a:ext cx="11594348" cy="5043808"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1669247286"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18EE7B28-8B29-0905-8FEF-DF266C2530D0}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C29C4E0-C837-AD95-9EFC-03A3671E8A4D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Can’t do this with SSD; patches might work</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D7B4DD0-94F1-C824-7553-45050C8BFBF4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Notice changes in appearance caused by rotation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60928FFC-EAF6-AF92-3AE9-DA7C57922ABB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="392857" y="1715516"/>
+            <a:ext cx="11799143" cy="5202416"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="391646850"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEADF29F-6E57-BE62-CFF8-BF8441B969EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Simplest patch algorithm (not much good)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6579E3DD-0C5A-1CBE-6778-293F4C8113C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Make a tree of cover image patches (with labels)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>For test image, pass patches down tree, vote</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Vote how?:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		most common book in leaf</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		one vote for each book in leaf</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		vote for ANN patches label</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Issues:   </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		every patch votes, so there must be junk votes (easily fixed)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		tree doesn’t know you’re using it for labelling, may not be efficient</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		rotation (perhaps insert patches at many rotations?)		</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="999835117"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16386" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -10679,3056 +14993,1444 @@
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="0"/>
               <a:t>Hough parameter space</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1755223353"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
-[...1410 lines deleted...]
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39938" name="Rectangle 2"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32C0C13B-E7CC-0288-B6F6-6360ABA17C8C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Hough transform: Pros and cons</a:t>
+              <a:t>Using interest points</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1441795" name="Rectangle 3"/>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63A91FBC-8C15-65D0-236A-3069D05E8327}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
-              <a:t>Can deal with non-locality and occlusion</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1"/>
+              <a:t>Make a tree of cover image interest points (with labels)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
-              <a:t>Can detect multiple instances of a model</a:t>
-[...37 lines deleted...]
-              <a:t>Complexity increases </a:t>
+              <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="C00000"/>
+                  <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>exponentially</a:t>
-            </a:r>
+              <a:t>You can do this cause interest point descriptors are vectors of fixed length.  They’re nearby when interest points are similar.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
-              <a:t> with the number of model parameters – in practice, not used beyond three or four dimensions</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1"/>
+              <a:t>For test image, pass interest points down tree, vote</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
-              <a:t>Non-target shapes can produce spurious peaks in parameter space</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1"/>
+              <a:t>Vote how?:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
-              <a:t>It’s hard to pick a good grid size</a:t>
-[...1 lines deleted...]
-            <a:br>
+              <a:t>		most common book in leaf</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
-            </a:br>
+              <a:t>		one vote for each book in leaf</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		vote for ANN interest point label</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Issues:   </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		every patch votes, so there must be junk votes (easily fixed)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		tree doesn’t know you’re using it for labelling, may not be efficient</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" strike="sngStrike" dirty="0"/>
+              <a:t>rotation (perhaps insert patches at many rotations?)	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="979669338"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3648716892"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...364 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50084F70-6852-4C10-7AE3-0B5BEEF6EC49}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04DC4CBA-B67A-917C-A470-0774F40B465B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Every patch votes – generalized Hough transform</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1E665D5-C833-5AA2-35F1-A7E5AD73CF5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Each interest point has a coordinate system, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	so it “knows” where the center of the book is</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A369F4A-4F2E-CF8B-A1DE-8D1D09DB32D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="258427" y="1855896"/>
+            <a:ext cx="11675145" cy="4989565"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3782649080"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2D2312F-0CFC-2937-4871-E729030D2B18}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1489804B-7792-66BD-CE60-42FFCCF901BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Every patch votes – generalized Hough transform</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{609EC984-8073-3981-86A5-3F53EAD6F6BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Allow an interest point to vote for a book only if another one agrees with center</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17F1E1EB-46A1-C2ED-6835-E971C4E66785}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2514600" y="1288255"/>
+            <a:ext cx="9372600" cy="5569745"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2887711098"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{471752ED-448C-12CF-1EB4-0FA79B2B4818}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5E61623-D7EB-092B-8C2F-B1102DAF821A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Every patch votes – generalized Hough transform</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9B1187F-95B4-2571-500E-39EC24C08F50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Allow an interest point to vote for a book only if another one agrees with center</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>How?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	build an accumulator array for book centers, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	accumulate votes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	scan it to check for “big” votes – do they agree on book label?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DE88BFB-16A3-1E2F-653A-0F73814ADC3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8040388" y="4572000"/>
+            <a:ext cx="3846812" cy="2286000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1433762178"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99093CEB-E134-5069-0601-264863046F5F}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26AEC851-FEE5-D179-FBD5-62266A1AD44F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Every patch votes – generalized Hough transform</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C28E971-2260-84F4-96FD-C1C4FAA0D960}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Interest points know other stuff – the outline of the book</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67B27D39-7DBE-0389-009B-AB13208D049B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="937549" y="1752600"/>
+            <a:ext cx="11086422" cy="4721213"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3412510594"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21506" name="Rectangle 2"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36433513-B477-3797-2C3C-6B838DCA6133}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Fitting</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>We now have…</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1751043" name="Rectangle 3"/>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3FCE3F8-ECAA-56FB-34A4-CAA285630F62}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...84 lines deleted...]
-              <a:t>Generalized Hough transform</a:t>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>A primitive classifier</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	What book is in this image?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>A primitive detector</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	What books are in this image, and where are they?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>There are more accurate technologies, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	tend to be slower, require more compute</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>This one is extremely fast and very efficient, particularly with an improved tree</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2773474764"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2737220294"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...77 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{858DDA03-553C-2F8E-587C-94E54AA1F6E3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C11EA3A-346E-406F-54A1-F8C5CDAB7328}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Instance level classification (and detection)</a:t>
+              <a:t>The tree</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D766C3-8728-4477-B0AA-3E952570B390}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00BCFA28-6BAA-8660-3079-6FC0C459B7C9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Current construction:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	Hierarchical k-means</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		This breaks up each node into leaves whose elements are close 	to one another.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		But this isn’t what we want</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	Decision tree:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		Break each node into leaves where leaves are “informative” about 	label</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>		</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>eg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> in binary tree, labels on the left are all different from labels on the 	right</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3572919362"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37BE29A5-782F-2783-FA1B-0975936B0A70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Decision trees</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B49CEE19-2D50-74AA-E6B0-8DECE78C87E3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>For us:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>	tree is now binary</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>	split is test a single dimension against a threshold</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8C58EDB-87AC-9BF3-8E67-EB4DF9A713F0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9C22C42-A9E2-7B63-6B39-9998FC76EF7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="32657" y="1991597"/>
-            <a:ext cx="12083143" cy="2885203"/>
+            <a:off x="1514291" y="2642502"/>
+            <a:ext cx="9163418" cy="4215498"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6285D75-4CD0-C039-8506-CD3645E19CB1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2133600" y="6096000"/>
+            <a:ext cx="1159292" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>As tree</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC9D0A16-CC65-D602-B8F5-6310BD1FD277}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10058400" y="5712767"/>
+            <a:ext cx="2050561" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>As cells in 2D</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1721079728"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2937872474"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD35359-7F8D-AEBF-69BF-0C054F8EDD70}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBE7EBF6-DD99-C5AD-6070-4E7BEDB413B7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Example:  Find the book</a:t>
+              <a:t>Idea: randomized search for informative splits</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FF9379C-1BE4-0F34-6075-4D3A7C1309FF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78A04737-9802-BC5C-C21D-2FAD0053269B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...15 lines deleted...]
-              <a:t>Now find the book cover in some other image</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Informative split:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	We know more about the likely label if we know which side we’re on</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03FDE739-C1C7-FFA6-387A-FC23BFD119A2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B75E9E38-07A5-BAA1-CA6F-FEF81F9441ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9575800" y="914400"/>
-[...30 lines deleted...]
-            <a:ext cx="2908300" cy="2908300"/>
+            <a:off x="152400" y="2346506"/>
+            <a:ext cx="11616070" cy="4499919"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4063220227"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1229167424"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44A90052-545A-4994-8340-CBAFBD9F817E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEC04B06-EF38-A54B-90F9-EE5210DED0C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Can’t do this with SSD; patches might work</a:t>
+              <a:t>Harder case</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F23D2D8-6776-AFCC-7DE6-641C76EDE87F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5DDDB11-78E3-9903-5048-8B85112BEE47}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFD0C9E9-5FB5-A82F-2227-97FDE1409E0A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{892F5757-3828-B4C2-4E6F-38FA55DCF410}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="298826" y="1814192"/>
-            <a:ext cx="11594348" cy="5043808"/>
+            <a:off x="1371600" y="747447"/>
+            <a:ext cx="9067800" cy="6110553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1669247286"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="868812171"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
-[...436 lines deleted...]
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{018DB72B-0DF7-4A2A-A48F-239D3D87375C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -15282,1275 +17984,51 @@
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" uiExpand="1" build="p"/>
       <p:bldP spid="34" grpId="0" animBg="1"/>
       <p:bldP spid="35" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
-[...1223 lines deleted...]
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C516C3B-84F5-2ED4-697B-961E79D18DF8}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
@@ -16655,51 +18133,1197 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1354238" y="4152855"/>
             <a:ext cx="9220200" cy="2690592"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1291548564"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0AED164-5766-46A3-F33E-C7C391F47748}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E42665BC-41DF-264B-6098-42AFD8E6489A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Harder case</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14484814-F888-7A21-38EC-B5F4E388108F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{333DBE6C-3538-3B32-BDA0-AC41AE6CBDCF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447800" y="29986"/>
+            <a:ext cx="9067800" cy="6110553"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36488E88-08FD-9F70-2879-72A09B37EDFD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1408735" y="3429000"/>
+            <a:ext cx="9067800" cy="913304"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C59B4E00-7F9E-B26B-22EE-F6F365F21262}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1408735" y="4374134"/>
+            <a:ext cx="10635779" cy="2042847"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3936517843"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91AA5A06-E07E-11C0-CB2B-6D7BA0E049C6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The entropy of a labelled pool of data</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEC03809-7B20-4CC4-30A8-E92AA4AF19B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Q: how much information do I need to supply to know the label of a randomly selected example?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>A:  Entropy</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>		could be as small as 0 (all labels the same)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>		</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A44582F-12D4-EC95-4AE9-AA30B157E72C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="221319" y="3543300"/>
+            <a:ext cx="11749361" cy="3305824"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="527575630"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB8180A1-8255-4CF3-3938-2B4FC262CD30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What does a split do?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27B6F051-AC1D-21AA-AF45-F2076968A624}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{854382C9-D112-92C4-737D-E1324FFAAFF4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447800" y="1187897"/>
+            <a:ext cx="9982200" cy="5616088"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3382888390"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{090590E1-5B30-A608-4357-7890AB5DB51A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Scoring a split</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E4F63CF-FD6D-FDA6-4429-1C3380F73CC3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F97025E-E748-34F1-A555-3DF4E92494C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="320298" y="1667676"/>
+            <a:ext cx="11338302" cy="3590124"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1453177922"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8963BFC-629A-559B-55B5-028372445D86}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Scoring a split</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFB96385-B234-440D-B3FA-6E3A55C567E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC6F05B1-82F0-F26C-FB6A-F2273646D7A9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="152400" y="1443681"/>
+            <a:ext cx="11616070" cy="4499919"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3202856026"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E46AD99F-8D8F-C3B4-452C-C3F4AC72ECD6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Building a tree</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D69FF2BE-6F54-3F40-1CF5-06DE5CF72781}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4E91208-EA9E-3279-8BA4-8A4D1688C030}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1219200" y="894921"/>
+            <a:ext cx="8763000" cy="5714097"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3857940267"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05A0A7E7-58B1-FE04-5481-190BD8CC2900}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Building a tree - II</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BA1B4E2-A218-EE24-EBCD-DC3CFBB2868A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{569CB5B3-836A-4ED0-CF3C-2EB3F28FA166}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1454150" y="932404"/>
+            <a:ext cx="9283700" cy="5849396"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="475740867"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F5AA784-4CBD-3463-C1E9-F5C951F7AF4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Forests</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC1A4971-8C56-B66A-C5C4-A71698ED6E09}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Use this tree the same way you’d use the HKM tree</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	pass interest points down, pick up votes at leaves</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>It isn’t spectacular, and it can’t be the best tree</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	random components in construction</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Idea:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	build multiple trees and vote over them, too – a decision forest</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Variants:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>	subsample training dataset and train each tree on a different sample (bagging)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="363119607"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85D5A73A-B725-6CCA-BD7D-6E601C811873}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Why bother?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1518B3C4-8BAB-3051-50EE-71D191BED55F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Quite accurate classifiers that are fantastically fast at run-time</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Can use very little compute</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Used in consumer devices </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>eg</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> Kinect body configuration detection (now gone)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="692222756"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{018DB72B-0DF7-4A2A-A48F-239D3D87375C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -18414,1202 +21038,51 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="6" grpId="0" uiExpand="1" build="p"/>
       <p:bldP spid="36" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
-[...1150 lines deleted...]
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{018DB72B-0DF7-4A2A-A48F-239D3D87375C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -21849,51 +23322,51 @@
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" uiExpand="1" build="p"/>
       <p:bldP spid="40" grpId="0"/>
       <p:bldP spid="44" grpId="0"/>
       <p:bldP spid="26" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{018DB72B-0DF7-4A2A-A48F-239D3D87375C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -24228,51 +25701,51 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" uiExpand="1" build="p"/>
       <p:bldP spid="55" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6147" name="Picture 2" descr="c-repres-hough2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -25154,51 +26627,51 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="6148" grpId="0" uiExpand="1" build="p"/>
       <p:bldP spid="2" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7171" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -26563,1038 +28036,50 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="7172" grpId="0" uiExpand="1" build="p"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
-[...986 lines deleted...]
-
 <file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="SOURCE" val="\documentclass{slides}\pagestyle{empty}&#10;\begin{document}&#10;$\theta$&#10;\end{document}&#10;"/>
   <p:tag name="EXTERNALNAME" val="Edittex"/>
   <p:tag name="BLEND" val="False"/>
   <p:tag name="TRANSPARENT" val="True"/>
   <p:tag name="BITMAPFORMAT" val="bmpmono"/>
   <p:tag name="DEBUGINTERACTIVE" val="True"/>
   <p:tag name="ORIGWIDTH" val="33.25"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="SOURCE" val="\documentclass{slides}\pagestyle{empty}&#10;\begin{document}&#10;$\nabla f = \left[\frac{\partial f}{\partial x},\frac{\partial f}{\partial y}\right]$&#10;\end{document}&#10;"/>
   <p:tag name="EXTERNALNAME" val="Edittex"/>
   <p:tag name="BLEND" val="False"/>
   <p:tag name="TRANSPARENT" val="False"/>
   <p:tag name="BITMAPFORMAT" val="bmpmono"/>
   <p:tag name="DEBUGINTERACTIVE" val="True"/>
   <p:tag name="ORIGWIDTH" val="479.75"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -28785,97 +29270,98 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>intro</Template>
   <TotalTime></TotalTime>
-  <Words>1691</Words>
+  <Words>1721</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>283</Paragraphs>
-  <Slides>48</Slides>
+  <Paragraphs>290</Paragraphs>
+  <Slides>49</Slides>
   <Notes>19</Notes>
-  <HiddenSlides>5</HiddenSlides>
+  <HiddenSlides>6</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Embedded OLE Servers</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>48</vt:i4>
+        <vt:i4>49</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="55" baseType="lpstr">
+    <vt:vector size="56" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>System</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Blank Presentation</vt:lpstr>
       <vt:lpstr>Image</vt:lpstr>
       <vt:lpstr>Equation</vt:lpstr>
       <vt:lpstr>Voting and its applications</vt:lpstr>
+      <vt:lpstr>Voting for lines</vt:lpstr>
       <vt:lpstr>Hough transform</vt:lpstr>
       <vt:lpstr>Hough transform</vt:lpstr>
       <vt:lpstr>Hough transform</vt:lpstr>
       <vt:lpstr>Hough transform</vt:lpstr>
       <vt:lpstr>Hough transform</vt:lpstr>
       <vt:lpstr>Parameter space representation</vt:lpstr>
       <vt:lpstr>Algorithm outline</vt:lpstr>
       <vt:lpstr>Incorporating image gradients</vt:lpstr>
       <vt:lpstr>Basic illustration</vt:lpstr>
       <vt:lpstr>Other shapes</vt:lpstr>
       <vt:lpstr>Several lines</vt:lpstr>
       <vt:lpstr>A more complicated image</vt:lpstr>
       <vt:lpstr>Effect of noise</vt:lpstr>
       <vt:lpstr>Effect of noise</vt:lpstr>
       <vt:lpstr>Effect of noise</vt:lpstr>
       <vt:lpstr>Effect of outliers</vt:lpstr>
       <vt:lpstr>Effect of outliers</vt:lpstr>
       <vt:lpstr>Dealing with noise</vt:lpstr>
       <vt:lpstr>Hough transform for circles</vt:lpstr>
       <vt:lpstr>Hough transform for circles </vt:lpstr>
       <vt:lpstr>Hough transform: Pros and cons</vt:lpstr>
       <vt:lpstr>Fitting: Overview</vt:lpstr>
       <vt:lpstr>Instance level classification (and detection)</vt:lpstr>
       <vt:lpstr>Example:  Find the book</vt:lpstr>
       <vt:lpstr>Can’t do this with SSD; patches might work</vt:lpstr>